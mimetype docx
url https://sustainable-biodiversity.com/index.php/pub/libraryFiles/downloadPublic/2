--- v0 (2025-10-19)
+++ v1 (2026-02-24)
@@ -2,160 +2,126 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="631F481E" w14:textId="77777777" w:rsidR="005B0302" w:rsidRPr="00DC6EB5" w:rsidRDefault="007952CA" w:rsidP="007641FD">
       <w:pPr>
         <w:pStyle w:val="CM7"/>
         <w:spacing w:after="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC6EB5">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Copyright Agreement Form</w:t>
       </w:r>
       <w:r w:rsidR="00DC6EB5" w:rsidRPr="00DC6EB5">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00DC6EB5" w:rsidRPr="00DC6EB5">
+        <w:t xml:space="preserve"> A</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC6EB5">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>A</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DC6EB5">
+        <w:t>uthorshi</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC6EB5" w:rsidRPr="00DC6EB5">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>uthorshi</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DC6EB5" w:rsidRPr="00DC6EB5">
+        <w:t>p R</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC6EB5">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>p</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>esponsibili</w:t>
+      </w:r>
       <w:r w:rsidR="00DC6EB5" w:rsidRPr="00DC6EB5">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...29 lines deleted...]
-        </w:rPr>
         <w:t>ty</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="0AC40DD8" w14:textId="09D892EC" w:rsidR="00AD4BE3" w:rsidRDefault="007F622F" w:rsidP="007641FD">
       <w:pPr>
         <w:pStyle w:val="CM7"/>
         <w:spacing w:after="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Sustainability and Biodiversity Conservation</w:t>
       </w:r>
@@ -1337,92 +1303,92 @@
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
         <w:t xml:space="preserve">All </w:t>
       </w:r>
       <w:r w:rsidR="00AD4BE3">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
         <w:t>participating</w:t>
       </w:r>
       <w:r w:rsidR="00045DCD" w:rsidRPr="00540FCC">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
         <w:t xml:space="preserve"> authors in the work have approved that the manuscript is not being submitted or considered for publication elsewhere.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4816CE6A" w14:textId="77777777" w:rsidR="00DC6EB5" w:rsidRPr="00540FCC" w:rsidRDefault="00480486" w:rsidP="00540FCC">
+    <w:p w14:paraId="4816CE6A" w14:textId="41BA064F" w:rsidR="00DC6EB5" w:rsidRPr="00540FCC" w:rsidRDefault="00480486" w:rsidP="00540FCC">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00540FCC">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
         <w:t>3-</w:t>
       </w:r>
       <w:r w:rsidR="00045DCD" w:rsidRPr="00540FCC">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00045DCD" w:rsidRPr="00540FCC">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
-        <w:t>All matter included in this manuscript does not violate any existing copyright or other rights of anyone of any person or entity.</w:t>
+        <w:t>All matter included in this manuscript does not violate any existing copyright or other rights of any person or entity.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DF983BD" w14:textId="77777777" w:rsidR="00703965" w:rsidRPr="00540FCC" w:rsidRDefault="00480486" w:rsidP="00540FCC">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00540FCC">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
@@ -1437,96 +1403,112 @@
         <w:t xml:space="preserve"> The ethical standards applicable to the research discipline are complied with in this article.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="583FB6AF" w14:textId="77777777" w:rsidR="00480486" w:rsidRPr="00540FCC" w:rsidRDefault="00480486" w:rsidP="00540FCC">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00540FCC">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>5-All authors have seen and approved the manuscript as submitted.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F504D4A" w14:textId="77777777" w:rsidR="00CD01BE" w:rsidRPr="00540FCC" w:rsidRDefault="00CD01BE" w:rsidP="00540FCC">
+    <w:p w14:paraId="1F504D4A" w14:textId="7CFDE5EA" w:rsidR="00CD01BE" w:rsidRPr="00540FCC" w:rsidRDefault="00CD01BE" w:rsidP="00540FCC">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00540FCC">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00540FCC" w:rsidRPr="00540FCC">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">6- </w:t>
       </w:r>
       <w:r w:rsidRPr="00540FCC">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>I/we obtained all legal permiss</w:t>
       </w:r>
       <w:r w:rsidR="0093259F">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>ions pertaining to the research.</w:t>
+        <w:t xml:space="preserve">ions </w:t>
+      </w:r>
+      <w:r w:rsidR="00022E93">
+        <w:rPr>
+          <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r w:rsidR="0093259F">
+        <w:rPr>
+          <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the research.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66B1D112" w14:textId="54B64F40" w:rsidR="00DC6EB5" w:rsidRPr="00540FCC" w:rsidRDefault="007641FD" w:rsidP="00540FCC">
       <w:pPr>
         <w:pStyle w:val="CM7"/>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="720"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB" w:eastAsia="tr-TR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00540FCC">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB" w:eastAsia="tr-TR"/>
         </w:rPr>
@@ -1584,74 +1566,94 @@
           <w:lang w:val="en-GB" w:eastAsia="tr-TR"/>
         </w:rPr>
         <w:t xml:space="preserve">and the editors of the Journal and hold them harmless from any loss, expense or damage occasioned by a claim or suit by a third party for copyright infringement, or any suit arising out of any breach of the foregoing warranties as a result of </w:t>
       </w:r>
       <w:r w:rsidR="00AD4BE3">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB" w:eastAsia="tr-TR"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidRPr="00540FCC">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB" w:eastAsia="tr-TR"/>
         </w:rPr>
         <w:t xml:space="preserve">publication of my/our article. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EAE7A6D" w14:textId="63C22D2C" w:rsidR="00703965" w:rsidRDefault="007641FD" w:rsidP="00540FCC">
+    <w:p w14:paraId="4EAE7A6D" w14:textId="6F985321" w:rsidR="00703965" w:rsidRDefault="007641FD" w:rsidP="00540FCC">
       <w:pPr>
         <w:pStyle w:val="CM7"/>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="720"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00540FCC">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB" w:eastAsia="tr-TR"/>
         </w:rPr>
-        <w:t xml:space="preserve">The undersigned with the consent of </w:t>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="00022E93">
+        <w:rPr>
+          <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB" w:eastAsia="tr-TR"/>
+        </w:rPr>
+        <w:t>undersigned,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00540FCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB" w:eastAsia="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with the consent of </w:t>
       </w:r>
       <w:r w:rsidR="00AD4BE3">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB" w:eastAsia="tr-TR"/>
         </w:rPr>
         <w:t>the corresponding</w:t>
       </w:r>
       <w:r w:rsidRPr="00540FCC">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB" w:eastAsia="tr-TR"/>
         </w:rPr>
         <w:t xml:space="preserve"> author</w:t>
       </w:r>
       <w:r w:rsidR="00AD4BE3">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
           <w:color w:val="000000"/>
@@ -1742,71 +1744,51 @@
       </w:tblGrid>
       <w:tr w:rsidR="00703965" w:rsidRPr="00540FCC" w14:paraId="68A74180" w14:textId="77777777" w:rsidTr="00CD01BE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10213" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="169B8E1A" w14:textId="77777777" w:rsidR="00703965" w:rsidRPr="00540FCC" w:rsidRDefault="007952CA" w:rsidP="00CD01BE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00540FCC">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sign Here </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> Copyright Transfer</w:t>
+              <w:t>Sign Here For Copyright Transfer</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0093259F" w:rsidRPr="00540FCC" w14:paraId="340614C1" w14:textId="77777777" w:rsidTr="00AD4BE3">
         <w:trPr>
           <w:trHeight w:val="668"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3404" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="7388C555" w14:textId="46D142FF" w:rsidR="0093259F" w:rsidRPr="00540FCC" w:rsidRDefault="00AD4BE3" w:rsidP="00CD01BE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -1918,382 +1900,248 @@
       </w:tr>
       <w:bookmarkEnd w:id="5"/>
     </w:tbl>
     <w:p w14:paraId="25195271" w14:textId="77777777" w:rsidR="00703965" w:rsidRPr="00703965" w:rsidRDefault="00703965" w:rsidP="00703965">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00703965" w:rsidRPr="00703965" w:rsidSect="00873BE6">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11909" w:h="16834" w:code="9"/>
       <w:pgMar w:top="864" w:right="864" w:bottom="864" w:left="864" w:header="113" w:footer="706" w:gutter="0"/>
       <w:cols w:space="433"/>
       <w:noEndnote/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="72A54D9B" w14:textId="77777777" w:rsidR="005719C7" w:rsidRDefault="005719C7" w:rsidP="00431478">
+    <w:p w14:paraId="27BE9DE2" w14:textId="77777777" w:rsidR="003C58FE" w:rsidRDefault="003C58FE" w:rsidP="00431478">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="56407484" w14:textId="77777777" w:rsidR="005719C7" w:rsidRDefault="005719C7" w:rsidP="00431478">
+    <w:p w14:paraId="79256EE7" w14:textId="77777777" w:rsidR="003C58FE" w:rsidRDefault="003C58FE" w:rsidP="00431478">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Bookman Old Style">
     <w:panose1 w:val="02050604050505020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="26DA65BF" w14:textId="77777777" w:rsidR="005719C7" w:rsidRDefault="005719C7" w:rsidP="00431478">
+    <w:p w14:paraId="40F961B6" w14:textId="77777777" w:rsidR="003C58FE" w:rsidRDefault="003C58FE" w:rsidP="00431478">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="34C5E2B1" w14:textId="77777777" w:rsidR="005719C7" w:rsidRDefault="005719C7" w:rsidP="00431478">
+    <w:p w14:paraId="6E304482" w14:textId="77777777" w:rsidR="003C58FE" w:rsidRDefault="003C58FE" w:rsidP="00431478">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="6FAEEDC2" w14:textId="08E1E16D" w:rsidR="00431478" w:rsidRDefault="001119D1" w:rsidP="003863F7">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6FAEEDC2" w14:textId="7F6AA12E" w:rsidR="00431478" w:rsidRDefault="00873BE6" w:rsidP="003863F7">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="tr-TR" w:eastAsia="tr-TR"/>
       </w:rPr>
-      <mc:AlternateContent>
-[...133 lines deleted...]
-      </w:rPr>
       <w:t xml:space="preserve">                                                                                                                                                  </w:t>
     </w:r>
-    <w:r w:rsidR="00873BE6" w:rsidRPr="00873BE6">
+    <w:r w:rsidRPr="00873BE6">
       <w:rPr>
         <w:rFonts w:eastAsia="Times New Roman"/>
         <w:snapToGrid w:val="0"/>
         <w:color w:val="000000"/>
         <w:w w:val="0"/>
         <w:sz w:val="0"/>
         <w:szCs w:val="0"/>
         <w:u w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="000000"/>
         <w:shd w:val="clear" w:color="000000" w:fill="000000"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:doNotHyphenateCaps/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:drawingGridVerticalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="3"/>
   <w:doNotShadeFormData/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:doNotValidateAgainstSchema/>
   <w:doNotDemarcateInvalidXml/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
     <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDY2sDAxNTQFAmMDc3NjMyUdpeDU4uLM/DyQAsNaAF3ibAMsAAAA"/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="002B5DEE"/>
+    <w:rsid w:val="00022E93"/>
     <w:rsid w:val="00024A82"/>
     <w:rsid w:val="00045DCD"/>
     <w:rsid w:val="00065707"/>
     <w:rsid w:val="000770F0"/>
     <w:rsid w:val="001119D1"/>
     <w:rsid w:val="001215A1"/>
     <w:rsid w:val="00130AB5"/>
     <w:rsid w:val="001D31DE"/>
     <w:rsid w:val="001E62F4"/>
     <w:rsid w:val="001F4413"/>
     <w:rsid w:val="00216118"/>
     <w:rsid w:val="00241DA5"/>
     <w:rsid w:val="002B5DEE"/>
     <w:rsid w:val="002E3B91"/>
     <w:rsid w:val="0032058F"/>
     <w:rsid w:val="003863F7"/>
+    <w:rsid w:val="003C58FE"/>
     <w:rsid w:val="003D2855"/>
     <w:rsid w:val="00431478"/>
     <w:rsid w:val="00462FFA"/>
     <w:rsid w:val="004767B5"/>
     <w:rsid w:val="00476EAA"/>
     <w:rsid w:val="00480486"/>
     <w:rsid w:val="004B57CE"/>
     <w:rsid w:val="004E67E8"/>
     <w:rsid w:val="005029A7"/>
     <w:rsid w:val="00506F2D"/>
     <w:rsid w:val="0052583F"/>
     <w:rsid w:val="005278C8"/>
     <w:rsid w:val="00540964"/>
     <w:rsid w:val="00540FCC"/>
     <w:rsid w:val="00564E19"/>
     <w:rsid w:val="005719C7"/>
     <w:rsid w:val="005B0302"/>
     <w:rsid w:val="005E6C77"/>
     <w:rsid w:val="00665B64"/>
     <w:rsid w:val="006B7A51"/>
     <w:rsid w:val="006D3213"/>
     <w:rsid w:val="00703965"/>
     <w:rsid w:val="007112E5"/>
     <w:rsid w:val="0072280F"/>
     <w:rsid w:val="0073229A"/>
@@ -2332,87 +2180,88 @@
     <w:rsid w:val="00BD58D9"/>
     <w:rsid w:val="00C14F7F"/>
     <w:rsid w:val="00C62FAB"/>
     <w:rsid w:val="00CD01BE"/>
     <w:rsid w:val="00CD3038"/>
     <w:rsid w:val="00CD614F"/>
     <w:rsid w:val="00CD643A"/>
     <w:rsid w:val="00CD7CED"/>
     <w:rsid w:val="00CF7877"/>
     <w:rsid w:val="00D01890"/>
     <w:rsid w:val="00D16056"/>
     <w:rsid w:val="00D30602"/>
     <w:rsid w:val="00D50C42"/>
     <w:rsid w:val="00D63A61"/>
     <w:rsid w:val="00D6773E"/>
     <w:rsid w:val="00D70383"/>
     <w:rsid w:val="00DA5ECA"/>
     <w:rsid w:val="00DC6EB5"/>
     <w:rsid w:val="00DD30B3"/>
     <w:rsid w:val="00E43554"/>
     <w:rsid w:val="00EB7ABC"/>
     <w:rsid w:val="00EF1DC4"/>
     <w:rsid w:val="00EF6937"/>
     <w:rsid w:val="00F152DD"/>
     <w:rsid w:val="00F22F25"/>
+    <w:rsid w:val="00F56E3D"/>
     <w:rsid w:val="00FB06BC"/>
     <w:rsid w:val="00FC13FB"/>
     <w:rsid w:val="00FF712B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="63EFE8FF"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{35D3A290-135A-40BA-AE85-CE28A4581543}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -3045,51 +2894,51 @@
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="005B0302"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="26223636">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="37977055">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -3568,82 +3417,82 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{50DB4EFC-0398-4975-8C31-D8F82741A12F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>271</Words>
-  <Characters>1513</Characters>
+  <Words>266</Words>
+  <Characters>1499</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>65</Lines>
   <Paragraphs>28</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Microsoft Word - copyright form.doc</vt:lpstr>
       <vt:lpstr>Microsoft Word - copyright form.doc</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>.....</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1756</CharactersWithSpaces>
+  <CharactersWithSpaces>1737</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Microsoft Word - copyright form.doc</dc:title>
   <dc:subject/>
   <dc:creator>JEYSG</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>e9f39da4b0fde06a2f34eb81d64e305f820863c1415d896c3268a4b16fb10615</vt:lpwstr>
   </property>